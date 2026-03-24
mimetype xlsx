--- v0 (2025-11-20)
+++ v1 (2026-03-24)
@@ -68,51 +68,51 @@
   <si>
     <t>ProporciÃ³ndelaDistribuciÃ³n</t>
   </si>
   <si>
     <t>SerieaOptar</t>
   </si>
   <si>
     <t>NÃºmerodeAccionesPostMovimiento</t>
   </si>
   <si>
     <t>Moneda</t>
   </si>
   <si>
     <t>Total(enmilesdelamonedaquecorresponda)</t>
   </si>
   <si>
     <t>Total(M$)(1)</t>
   </si>
   <si>
     <t>Tasadecambio</t>
   </si>
   <si>
     <t>83.017.600-4</t>
   </si>
   <si>
-    <t>NIBSA S.A.</t>
+    <t>GARCÍA, LLORENTE Y LEIVA S.A.</t>
   </si>
   <si>
     <t>NIBSA</t>
   </si>
   <si>
     <t>U</t>
   </si>
   <si>
     <t>15/02/2002</t>
   </si>
   <si>
     <t>21/02/2002</t>
   </si>
   <si>
     <t>PESOS</t>
   </si>
   <si>
     <t>96.574.040-6</t>
   </si>
   <si>
     <t>SOCIEDAD DE INVERSIONES NORTE SUR S.A.</t>
   </si>
   <si>
     <t>NORTESUR-A</t>
   </si>