--- v0 (2025-12-11)
+++ v1 (2026-03-29)
@@ -1169,51 +1169,51 @@
   <si>
     <t>26/09/2023</t>
   </si>
   <si>
     <t>10/08/2023</t>
   </si>
   <si>
     <t>13/12/2023</t>
   </si>
   <si>
     <t>19/12/2023</t>
   </si>
   <si>
     <t>29/04/2025</t>
   </si>
   <si>
     <t>09/05/2025</t>
   </si>
   <si>
     <t>15/05/2025</t>
   </si>
   <si>
     <t>83.017.600-4</t>
   </si>
   <si>
-    <t>NIBSA S.A.</t>
+    <t>GARCÍA, LLORENTE Y LEIVA S.A.</t>
   </si>
   <si>
     <t>NIBSA</t>
   </si>
   <si>
     <t>18/08/2025</t>
   </si>
   <si>
     <t>23/09/2025</t>
   </si>
   <si>
     <t>29/09/2025</t>
   </si>
   <si>
     <t>(1) Para efectos de presentar los totales en moneda chilena, las sociedades que llevan su contabilidad en moneda extranjera, se convirtieron a pesos utilizando el tipo de cambio correspondiente a la fecha a que se refieren las estadísticas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[&gt;0]#,##0;[&lt;0]-#,##0;#,##0"/>
     <numFmt numFmtId="165" formatCode="yy/mm/dd;@"/>
     <numFmt numFmtId="166" formatCode="[&gt;0]#,##0.0000;[&lt;0]-#,##0.0000;#,##0"/>